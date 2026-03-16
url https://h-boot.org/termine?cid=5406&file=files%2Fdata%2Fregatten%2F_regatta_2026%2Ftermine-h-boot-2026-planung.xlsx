--- v0 (2025-12-19)
+++ v1 (2026-03-16)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\Clouds\dhk\Regattaplanung\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5AF04E35-0082-435F-B2AD-49D3E08BE4EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD6D2B6E-2B72-47B0-A8E1-908568D57E4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-23760" yWindow="1515" windowWidth="23175" windowHeight="13560" xr2:uid="{41791F7C-4106-4EDD-95A2-6A80FD8A41DD}"/>
+    <workbookView xWindow="-24900" yWindow="2565" windowWidth="24480" windowHeight="13560" xr2:uid="{41791F7C-4106-4EDD-95A2-6A80FD8A41DD}"/>
   </bookViews>
   <sheets>
     <sheet name="Termine H-Boot 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Termine H-Boot 2026'!$B$2:$H$57</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Termine H-Boot 2026'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="148">
   <si>
     <t>RNr</t>
   </si>
   <si>
     <t>Start</t>
   </si>
   <si>
     <t>Ende</t>
   </si>
   <si>
     <t>Event</t>
@@ -1345,51 +1345,51 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A944D984-A8B5-4DFE-9FCD-21C34E117229}">
   <dimension ref="A1:M61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J1" sqref="J1:M1048576"/>
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.85546875" style="1" customWidth="1"/>
     <col min="2" max="3" width="8.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="36.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="6.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="1.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="13" width="30.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1581,51 +1581,51 @@
       </c>
       <c r="E7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="2">
         <v>1.1499999999999999</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
         <v>4607</v>
       </c>
       <c r="B8" s="3">
         <v>46148</v>
       </c>
       <c r="C8" s="3">
-        <v>46169</v>
+        <v>46281</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A9" s="1">
         <v>4608</v>
       </c>
       <c r="B9" s="3">
         <v>46150</v>
       </c>
       <c r="C9" s="3">